--- v0 (2026-02-02)
+++ v1 (2026-02-02)
@@ -21,51 +21,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$10:$I$197</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
   <si>
     <t xml:space="preserve">Voorraadlijst Kwekerij Bloemendaal </t>
   </si>
   <si>
-    <t>02-02-2026 09:19</t>
+    <t>02-02-2026 10:32</t>
   </si>
   <si>
     <t>Soort</t>
   </si>
   <si>
     <t>Pot</t>
   </si>
   <si>
     <t>Voorraad</t>
   </si>
   <si>
     <t>Hoogte</t>
   </si>
   <si>
     <t>Aantal per laag</t>
   </si>
   <si>
     <t>Belading per cc</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>Foto</t>
   </si>