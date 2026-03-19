--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -9,63 +9,63 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$10:$I$197</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$10:$I$194</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
   <si>
     <t xml:space="preserve">Voorraadlijst Kwekerij Bloemendaal </t>
   </si>
   <si>
-    <t>02-02-2026 10:32</t>
+    <t>19-03-2026 18:22</t>
   </si>
   <si>
     <t>Soort</t>
   </si>
   <si>
     <t>Pot</t>
   </si>
   <si>
     <t>Voorraad</t>
   </si>
   <si>
     <t>Hoogte</t>
   </si>
   <si>
     <t>Aantal per laag</t>
   </si>
   <si>
     <t>Belading per cc</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
@@ -87,282 +87,264 @@
   <si>
     <t>147x1</t>
   </si>
   <si>
     <t>8712815789200</t>
   </si>
   <si>
     <t>Klik hier</t>
   </si>
   <si>
     <t>Opgaand en breedgroeiend. Blauw / groen / geel</t>
   </si>
   <si>
     <t>AA Coniferen 6-pack</t>
   </si>
   <si>
     <t>14x1</t>
   </si>
   <si>
     <t>98x1</t>
   </si>
   <si>
     <t>AA Coniferenmix</t>
   </si>
   <si>
+    <t>P11</t>
+  </si>
+  <si>
+    <t>25-35cm</t>
+  </si>
+  <si>
+    <t>6x11</t>
+  </si>
+  <si>
+    <t>36x11</t>
+  </si>
+  <si>
+    <t>8717191529907</t>
+  </si>
+  <si>
+    <t>Vorm variëteiten. Blauw / groen / geel</t>
+  </si>
+  <si>
     <t>15-30cm</t>
   </si>
   <si>
     <t>5x18</t>
   </si>
   <si>
     <t>35x18</t>
   </si>
   <si>
-    <t>Vorm variëteiten. Blauw / groen / geel</t>
-[...16 lines deleted...]
-  <si>
     <t>AA Ellwoodiimix</t>
   </si>
   <si>
     <t>20-35cm</t>
   </si>
   <si>
-    <t>AA Indoor&amp;Outdoor 4-pack</t>
-[...14 lines deleted...]
-    <t>AA Indoor&amp;Outdoor Mix</t>
+    <t>AA Juniperusmix</t>
+  </si>
+  <si>
+    <t>40x18</t>
+  </si>
+  <si>
+    <t>AA Piceamix</t>
+  </si>
+  <si>
+    <t>Spar variëteiten, Opgaand en platgroeiend</t>
+  </si>
+  <si>
+    <t>AA Taxusmix</t>
+  </si>
+  <si>
+    <t>Opgaand. Groen en geel</t>
+  </si>
+  <si>
+    <t>AA Thujamix</t>
+  </si>
+  <si>
+    <t>Opgaand en bolvormig. Groen/geel.</t>
+  </si>
+  <si>
+    <t>Abies balsamea 'Nana'</t>
+  </si>
+  <si>
+    <t>15-20cm</t>
+  </si>
+  <si>
+    <t>8713626107160</t>
+  </si>
+  <si>
+    <t>Dwerg, bolvorm, groen</t>
+  </si>
+  <si>
+    <t>Abies koreana</t>
+  </si>
+  <si>
+    <t>20-25cm</t>
+  </si>
+  <si>
+    <t>Opgaand, kegelvormig, geelgroen</t>
+  </si>
+  <si>
+    <t>Cephalotaxus harr. 'Fastigiata'</t>
+  </si>
+  <si>
+    <t>25-30cm</t>
+  </si>
+  <si>
+    <t>Opgaand, zuilvormig, donkergroen, glanzend blad</t>
+  </si>
+  <si>
+    <t>Cephalotaxus harr. 'Korean Gold'</t>
+  </si>
+  <si>
+    <t>Opgaand, zuilvormig, lichtgroen, glanzend blad</t>
+  </si>
+  <si>
+    <t>Chamaecyparis law. 'Columnaris'</t>
+  </si>
+  <si>
+    <t>Opgaand, zuilvormig, blauwgroen</t>
+  </si>
+  <si>
+    <t>Chamaecyparis law. 'Ellw. Empire'</t>
+  </si>
+  <si>
+    <t>Opgaand, zuilvormig, geel</t>
+  </si>
+  <si>
+    <t>33-38cm</t>
+  </si>
+  <si>
+    <t>Chamaecyparis law. 'Ellw. Gold'</t>
+  </si>
+  <si>
+    <t>Chamaecyparis law. 'Ellw. Pillar'</t>
+  </si>
+  <si>
+    <t>Opgaand, zuilvormig, groen, strakke groei</t>
+  </si>
+  <si>
+    <t>Chamaecyparis law. 'Ellwoodii'</t>
+  </si>
+  <si>
+    <t>35-40cm</t>
+  </si>
+  <si>
+    <t>Opgaand, zuilvormig, lichtgroen</t>
+  </si>
+  <si>
+    <t>32-37cm</t>
   </si>
   <si>
     <t>30x18</t>
   </si>
   <si>
-    <t>AA Juniperusmix</t>
-[...88 lines deleted...]
-  <si>
     <t>8717191536318</t>
   </si>
   <si>
-    <t>Opgaand, zuilvormig, lichtgroen</t>
-[...4 lines deleted...]
-  <si>
     <t>Chamaecyparis law. 'Erecta Aurea'</t>
   </si>
   <si>
     <t>Opgaand, zuilvormig, geel, strakke groei</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Globosa'</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Graysw. Feather'</t>
   </si>
   <si>
     <t>Opgaand, zuilvormig, groen</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Green Pillar'</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Ivonne'</t>
   </si>
   <si>
     <t>Opgaand, kegelvormig, geel</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Little Spire'</t>
   </si>
   <si>
     <t>Opgaand, kegelvormig, groen, speciale vertakking</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Pearly Swirls'</t>
   </si>
   <si>
     <t>Dwerg, bolvormig, grijsgroen, witte punten</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Pelt's Blue'</t>
   </si>
   <si>
+    <t>Opgaand, kegelvormig, blauw</t>
+  </si>
+  <si>
     <t>8717191531276</t>
   </si>
   <si>
-    <t>Opgaand, kegelvormig, blauw</t>
-[...1 lines deleted...]
-  <si>
     <t>Chamaecyparis law. 'Robusta'</t>
   </si>
   <si>
     <t>Opgaand, zuilvormig, groen, robuust</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Snow White'</t>
   </si>
   <si>
     <t>Opgaand, zuilvormig, groenwit</t>
   </si>
   <si>
     <t>30-35cm</t>
   </si>
   <si>
     <t>8717191536325</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Stardust'</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Sunkist'</t>
   </si>
   <si>
     <t>Opgaand, speciale vorm, geel</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'White Spot'</t>
   </si>
   <si>
+    <t>Opgaand, kegelvormig, groen, witte punten</t>
+  </si>
+  <si>
     <t>...29907 &amp; ...31276</t>
-  </si>
-[...1 lines deleted...]
-    <t>Opgaand, kegelvormig, groen, witte punten</t>
   </si>
   <si>
     <t>Chamaecyparis law. 'Wisselii'</t>
   </si>
   <si>
     <t>Opgaand, kegelvormig, groen, strakke groei</t>
   </si>
   <si>
     <t>Chamaecyparis obt. 'Brigitte'</t>
   </si>
   <si>
     <t>45x18</t>
   </si>
   <si>
     <t>Dwerg, bolvormig, groen, dradige vertakking</t>
   </si>
   <si>
     <t>Chamaecyparis obt. 'Butterball'</t>
   </si>
   <si>
     <t>Dwerg, bolvormig, geel, dradige vertakking</t>
   </si>
   <si>
     <t>Chamaecyparis obt. 'Drath'</t>
   </si>
@@ -1451,59 +1433,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-coniferen-4-pack-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-coniferen-6-pack-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-coniferenmix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-coniferenmix-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-ellwoodiimix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-indoor-outdoor-4-pack-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-indoor-outdoor-6-pack-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-indoor-outdoor-mix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-juniperusmix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-piceamix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-taxusmix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-thujamix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/abies-balsamea-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/abies-koreana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cephalotaxus-harr-fastigiata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cephalotaxus-harr-korean-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-columnaris-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellw-empire-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellw-empire-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellw-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellw-pillar-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellwoodii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellwoodii-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-erecta-aurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-globosa-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-graysw-feather-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-green-pillar-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ivonne-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-little-spire-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-pearly-swirls-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-pelt-s-blue-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-pelt-s-blue-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-robusta-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-robusta-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-snow-white-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-snow-white-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-stardust-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-stardust-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-sunkist-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-white-spot-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-white-spot-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-wisselii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-brigitte-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-butterball-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-drath-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-fernspray-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-gitte-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-kamarachiba-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-lycopodioides-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-melody-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-pygmaea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-saffron-spray-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-teddy-bear-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-tsatsumi-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-baby-blue-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-blue-moon-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-blue-planet-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-boulevard-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-filifera-aurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-filifera-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-squarrosa-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-sungold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-thyo-blue-rock-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-thyo-rubicon-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-thyo-top-point-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-elegans-viridis-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-green-pearl-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-jindai-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-kitayama-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-little-champion-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-little-sonja-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-monstrosa-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-sekkan-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-twinkle-toes-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-vilmorin-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-vilmoriniana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-yokohama-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cupressus-macr-goldcrest-wilma-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-chin-blaauw-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-chin-blue-alps-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-chin-keteleeri-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-chin-stricta-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-gold-cone-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-goldschatz-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-green-carpet-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-repanda-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-suecica-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-conf-allgold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-conf-blue-pacific-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-conf-schlager-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-dav-leningrad-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-andorra-compact-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-blue-chip-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-golden-carpet-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-icee-blue-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-limeglow-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-prince-of-wales-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-wiltonii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-gold-coast-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-gold-star-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-king-of-spring-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-mint-julep-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-old-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-pfitzeriana-glauca-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-proc-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-sab-tamariscifolia-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-sabina-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-scop-blue-arrow-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-scop-moonglow-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-blue-carpet-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-blue-star-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-blue-swede-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-holger-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-meyeri-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-virg-grey-owl-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-virg-hetz-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/microbiota-decussata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-little-gem-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-nidiformis-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-tompa-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-will-s-zwerg-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-alberta-globe-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-conica-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-daisy-s-white-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-echiniformis-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-rainbow-s-end-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-sanders-blue-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-zuckerhut-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-omorika-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-omorika-karel-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-pungens-yglauca-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-sitch-tenas-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/pinus-mugo-mughus-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/pinus-mugo-pumilio-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/pinus-strobus-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/platycladus-orient-aurea-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/platycladus-orient-franky-boy-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/platycladus-orient-pyramidalis-aurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/sequoia-semp-adpressa-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-black-tower-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-david-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-fast-robusta-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-fastigiata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-goldstrike-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-repandens-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-semperaurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-summergold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-baccata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-densiformis-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-farmen-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-groenland-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-hicksii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-hillii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-anniek-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-brabant-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-danica-aurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-danica-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-degroot-spire-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-fire-chief-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-golden-globe-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-golden-tuffet-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-harvest-moon-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-holmstrup-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-king-of-brabant-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-little-giant-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-malonyana-holub-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-mirjam-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-mr-bowling-ball-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-rheingold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-salland-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-smaragd-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-teddy-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-tiny-tim-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-waterfield-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-woodwardii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-yellow-ribbon-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-aldrich-mountain-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-can-can-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-gelderland-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-kagers-beauty-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-whipecord-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thujopsis-dol-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thujopsis-dolabrata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/tsuga-can-cole-s-prostrate-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/tsuga-can-jeddeloh-p9/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-coniferen-4-pack-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-coniferen-6-pack-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-coniferenmix-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-coniferenmix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-ellwoodiimix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-juniperusmix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-piceamix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-taxusmix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/aa-thujamix-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/abies-balsamea-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/abies-koreana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cephalotaxus-harr-fastigiata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cephalotaxus-harr-korean-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-columnaris-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellw-empire-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellw-empire-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellw-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellw-pillar-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellwoodii-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ellwoodii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-erecta-aurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-globosa-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-graysw-feather-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-green-pillar-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-ivonne-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-little-spire-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-pearly-swirls-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-pelt-s-blue-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-pelt-s-blue-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-robusta-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-robusta-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-snow-white-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-snow-white-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-stardust-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-stardust-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-sunkist-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-white-spot-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-white-spot-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-law-wisselii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-brigitte-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-butterball-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-drath-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-fernspray-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-gitte-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-kamarachiba-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-lycopodioides-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-melody-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-pygmaea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-saffron-spray-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-teddy-bear-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-obt-tsatsumi-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-baby-blue-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-blue-moon-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-blue-planet-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-boulevard-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-filifera-aurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-filifera-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-squarrosa-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-pis-sungold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-thyo-blue-rock-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-thyo-rubicon-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/chamaecyparis-thyo-top-point-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-elegans-viridis-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-green-pearl-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-jindai-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-kitayama-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-little-champion-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-little-sonja-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-monstrosa-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-sekkan-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-twinkle-toes-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-vilmorin-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-vilmoriniana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cryptomeria-jap-yokohama-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/cupressus-macr-goldcrest-wilma-p11/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-chin-blaauw-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-chin-blue-alps-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-chin-keteleeri-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-chin-stricta-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-gold-cone-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-goldschatz-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-green-carpet-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-repanda-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-comm-suecica-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-conf-allgold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-conf-blue-pacific-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-conf-schlager-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-dav-leningrad-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-andorra-compact-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-blue-chip-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-golden-carpet-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-icee-blue-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-limeglow-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-prince-of-wales-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-hor-wiltonii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-gold-coast-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-gold-star-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-king-of-spring-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-mint-julep-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-old-gold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-pfitz-pfitzeriana-glauca-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-proc-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-sab-tamariscifolia-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-sabina-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-scop-blue-arrow-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-scop-moonglow-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-blue-carpet-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-blue-star-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-blue-swede-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-holger-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-squam-meyeri-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-virg-grey-owl-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/juniperus-virg-hetz-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/microbiota-decussata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-little-gem-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-nidiformis-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-tompa-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-abies-will-s-zwerg-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-alberta-globe-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-conica-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-daisy-s-white-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-echiniformis-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-rainbow-s-end-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-sanders-blue-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-glauca-zuckerhut-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-omorika-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-omorika-karel-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-pungens-yglauca-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/picea-sitch-tenas-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/pinus-mugo-mughus-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/pinus-mugo-pumilio-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/pinus-strobus-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/platycladus-orient-aurea-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/platycladus-orient-franky-boy-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/platycladus-orient-pyramidalis-aurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/sequoia-semp-adpressa-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-black-tower-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-david-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-fast-robusta-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-fastigiata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-goldstrike-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-repandens-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-semperaurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-bacc-summergold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-baccata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-densiformis-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-farmen-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-groenland-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-hicksii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/taxus-med-hillii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-anniek-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-brabant-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-danica-aurea-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-danica-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-degroot-spire-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-fire-chief-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-golden-globe-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-golden-tuffet-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-harvest-moon-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-holmstrup-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-king-of-brabant-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-little-giant-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-malonyana-holub-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-mirjam-pbr-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-mr-bowling-ball-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-rheingold-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-salland-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-smaragd-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-teddy-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-tiny-tim-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-waterfield-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-woodwardii-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-occ-yellow-ribbon-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-aldrich-mountain-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-can-can-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-gelderland-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-kagers-beauty-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thuja-plic-whipecord-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thujopsis-dol-nana-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/thujopsis-dolabrata-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/tsuga-can-cole-s-prostrate-p9/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kwekerijbloemendaal.nl/kwekers/product/tsuga-can-jeddeloh-p9/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L197"/>
+  <dimension ref="A1:L194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A10" sqref="A10:L10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="47.131348" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.281738" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.425537" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.850098" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.850098" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.10" customWidth="true" style="0"/>
     <col min="9" max="9" width="63.555908" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1"/>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="1" t="s">
         <v>0</v>
       </c>
@@ -1586,5366 +1568,5281 @@
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>16</v>
       </c>
       <c r="H12" t="s">
         <v>17</v>
       </c>
       <c r="I12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="C13">
-        <v>100000</v>
+        <v>2000</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F13" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G13"/>
+        <v>26</v>
+      </c>
+      <c r="G13" t="s">
+        <v>27</v>
+      </c>
       <c r="H13" t="s">
         <v>17</v>
       </c>
       <c r="I13" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C14">
-        <v>5000</v>
+        <v>60000</v>
       </c>
       <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>30</v>
+      </c>
+      <c r="F14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>12</v>
       </c>
       <c r="C15">
         <v>0</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F15" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>17</v>
       </c>
       <c r="I15" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>12</v>
       </c>
       <c r="C16">
-        <v>7500</v>
+        <v>10000</v>
       </c>
       <c r="D16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" t="s">
+        <v>30</v>
+      </c>
+      <c r="F16" t="s">
         <v>35</v>
       </c>
-      <c r="E16" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G16"/>
       <c r="H16" t="s">
         <v>17</v>
       </c>
       <c r="I16" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17">
+        <v>0</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>30</v>
+      </c>
+      <c r="F17" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" t="s">
         <v>37</v>
-      </c>
-[...22 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>12</v>
       </c>
       <c r="C18">
-        <v>20000</v>
+        <v>0</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F18" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>17</v>
       </c>
       <c r="I18" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>12</v>
       </c>
       <c r="C19">
         <v>10000</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F19" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>17</v>
       </c>
       <c r="I19" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20">
+        <v>0</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F20" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G20"/>
+        <v>35</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
       <c r="H20" t="s">
         <v>17</v>
       </c>
       <c r="I20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>12</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
       <c r="D21" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F21" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G21"/>
+        <v>35</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
       <c r="H21" t="s">
         <v>17</v>
       </c>
       <c r="I21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>12</v>
       </c>
       <c r="C22">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E22" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F22" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G22"/>
+        <v>31</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
       <c r="H22" t="s">
         <v>17</v>
       </c>
       <c r="I22" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>12</v>
       </c>
       <c r="C23">
         <v>0</v>
       </c>
       <c r="D23" t="s">
         <v>50</v>
       </c>
       <c r="E23" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F23" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G23" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H23" t="s">
         <v>17</v>
       </c>
       <c r="I23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
         <v>12</v>
       </c>
       <c r="C24">
         <v>0</v>
       </c>
       <c r="D24" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E24" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F24" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G24" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H24" t="s">
         <v>17</v>
       </c>
       <c r="I24" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25" t="s">
         <v>56</v>
       </c>
       <c r="B25" t="s">
         <v>12</v>
       </c>
       <c r="C25">
         <v>0</v>
       </c>
       <c r="D25" t="s">
+        <v>50</v>
+      </c>
+      <c r="E25" t="s">
+        <v>30</v>
+      </c>
+      <c r="F25" t="s">
+        <v>31</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="C26">
         <v>0</v>
       </c>
       <c r="D26" t="s">
+        <v>58</v>
+      </c>
+      <c r="E26" t="s">
+        <v>25</v>
+      </c>
+      <c r="F26" t="s">
+        <v>26</v>
+      </c>
+      <c r="G26" t="s">
+        <v>27</v>
+      </c>
+      <c r="H26" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>12</v>
       </c>
       <c r="C27">
         <v>0</v>
       </c>
       <c r="D27" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E27" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F27" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G27" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H27" t="s">
         <v>17</v>
       </c>
       <c r="I27" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>12</v>
       </c>
       <c r="C28">
         <v>0</v>
       </c>
       <c r="D28" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="E28" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F28" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G28" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H28" t="s">
         <v>17</v>
       </c>
       <c r="I28" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29">
+        <v>0</v>
+      </c>
+      <c r="D29" t="s">
         <v>63</v>
       </c>
-      <c r="B29" t="s">
+      <c r="E29" t="s">
+        <v>25</v>
+      </c>
+      <c r="F29" t="s">
+        <v>26</v>
+      </c>
+      <c r="G29" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H29" t="s">
         <v>17</v>
       </c>
       <c r="I29" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30">
+        <v>100</v>
+      </c>
+      <c r="D30" t="s">
+        <v>65</v>
+      </c>
+      <c r="E30" t="s">
+        <v>30</v>
+      </c>
+      <c r="F30" t="s">
         <v>66</v>
       </c>
-      <c r="B30" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G30" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="H30" t="s">
         <v>17</v>
       </c>
       <c r="I30" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="D31" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E31" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F31" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G31" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H31" t="s">
         <v>17</v>
       </c>
       <c r="I31" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32">
-        <v>40000</v>
+        <v>0</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="E32" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F32" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="G32" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="H32" t="s">
         <v>17</v>
       </c>
       <c r="I32" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C33">
         <v>0</v>
       </c>
       <c r="D33" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="E33" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F33" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G33" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="H33" t="s">
         <v>17</v>
       </c>
       <c r="I33" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>12</v>
       </c>
       <c r="C34">
-        <v>2000</v>
+        <v>300</v>
       </c>
       <c r="D34" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E34" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F34" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G34" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H34" t="s">
         <v>17</v>
       </c>
       <c r="I34" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>12</v>
       </c>
       <c r="C35">
         <v>0</v>
       </c>
       <c r="D35" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E35" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G35" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H35" t="s">
         <v>17</v>
       </c>
       <c r="I35" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36">
+        <v>1800</v>
+      </c>
+      <c r="D36" t="s">
+        <v>63</v>
+      </c>
+      <c r="E36" t="s">
+        <v>30</v>
+      </c>
+      <c r="F36" t="s">
+        <v>66</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" t="s">
         <v>77</v>
-      </c>
-[...22 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
+        <v>12</v>
+      </c>
+      <c r="C37">
+        <v>0</v>
+      </c>
+      <c r="D37" t="s">
+        <v>43</v>
+      </c>
+      <c r="E37" t="s">
+        <v>30</v>
+      </c>
+      <c r="F37" t="s">
+        <v>35</v>
+      </c>
+      <c r="G37" t="s">
+        <v>44</v>
+      </c>
+      <c r="H37" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" t="s">
         <v>79</v>
-      </c>
-[...22 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>12</v>
       </c>
       <c r="C38">
         <v>0</v>
       </c>
       <c r="D38" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E38" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F38" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G38" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H38" t="s">
         <v>17</v>
       </c>
       <c r="I38" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C39">
+        <v>0</v>
+      </c>
+      <c r="D39" t="s">
+        <v>50</v>
+      </c>
+      <c r="E39" t="s">
+        <v>25</v>
+      </c>
+      <c r="F39" t="s">
+        <v>26</v>
+      </c>
+      <c r="G39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H39" t="s">
         <v>17</v>
       </c>
       <c r="I39" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>12</v>
       </c>
       <c r="C40">
         <v>0</v>
       </c>
       <c r="D40" t="s">
         <v>50</v>
       </c>
       <c r="E40" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F40" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G40" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H40" t="s">
         <v>17</v>
       </c>
       <c r="I40" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B41" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C41">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="D41" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="E41" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F41" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G41" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H41" t="s">
         <v>17</v>
       </c>
       <c r="I41" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" t="s">
+        <v>23</v>
+      </c>
+      <c r="C42">
+        <v>0</v>
+      </c>
+      <c r="D42" t="s">
+        <v>58</v>
+      </c>
+      <c r="E42" t="s">
+        <v>25</v>
+      </c>
+      <c r="F42" t="s">
+        <v>26</v>
+      </c>
+      <c r="G42" t="s">
+        <v>27</v>
+      </c>
+      <c r="H42" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" t="s">
         <v>86</v>
-      </c>
-[...22 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B43" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C43">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="D43" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
       <c r="E43" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F43" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G43" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H43" t="s">
         <v>17</v>
       </c>
       <c r="I43" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44" t="s">
         <v>89</v>
       </c>
       <c r="B44" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="C44">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="D44" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="E44" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F44" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G44" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="H44" t="s">
         <v>17</v>
       </c>
       <c r="I44" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B45" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C45">
-        <v>0</v>
+        <v>2500</v>
       </c>
       <c r="D45" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="E45" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F45" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G45" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="H45" t="s">
         <v>17</v>
       </c>
       <c r="I45" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46" t="s">
+        <v>90</v>
+      </c>
+      <c r="B46" t="s">
+        <v>12</v>
+      </c>
+      <c r="C46">
+        <v>0</v>
+      </c>
+      <c r="D46" t="s">
+        <v>47</v>
+      </c>
+      <c r="E46" t="s">
+        <v>30</v>
+      </c>
+      <c r="F46" t="s">
+        <v>35</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" t="s">
         <v>91</v>
-      </c>
-[...22 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B47" t="s">
         <v>12</v>
       </c>
       <c r="C47">
-        <v>7000</v>
+        <v>0</v>
       </c>
       <c r="D47" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E47" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F47" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G47" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H47" t="s">
         <v>17</v>
       </c>
       <c r="I47" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B48" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C48">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="D48" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="E48" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F48" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G48" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="H48" t="s">
         <v>17</v>
       </c>
       <c r="I48" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" t="s">
+        <v>95</v>
+      </c>
+      <c r="B49" t="s">
+        <v>12</v>
+      </c>
+      <c r="C49">
+        <v>1100</v>
+      </c>
+      <c r="D49" t="s">
+        <v>43</v>
+      </c>
+      <c r="E49" t="s">
+        <v>30</v>
+      </c>
+      <c r="F49" t="s">
+        <v>31</v>
+      </c>
+      <c r="G49" t="s">
+        <v>44</v>
+      </c>
+      <c r="H49" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" t="s">
         <v>96</v>
-      </c>
-[...22 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" t="s">
+        <v>97</v>
+      </c>
+      <c r="B50" t="s">
+        <v>12</v>
+      </c>
+      <c r="C50">
+        <v>0</v>
+      </c>
+      <c r="D50" t="s">
+        <v>47</v>
+      </c>
+      <c r="E50" t="s">
+        <v>30</v>
+      </c>
+      <c r="F50" t="s">
         <v>98</v>
       </c>
-      <c r="B50" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G50" t="s">
+        <v>44</v>
+      </c>
+      <c r="H50" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51" t="s">
+        <v>100</v>
+      </c>
+      <c r="B51" t="s">
+        <v>12</v>
+      </c>
+      <c r="C51">
+        <v>0</v>
+      </c>
+      <c r="D51" t="s">
+        <v>47</v>
+      </c>
+      <c r="E51" t="s">
+        <v>30</v>
+      </c>
+      <c r="F51" t="s">
         <v>98</v>
       </c>
-      <c r="B51" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G51" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H51" t="s">
         <v>17</v>
       </c>
       <c r="I51" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B52" t="s">
         <v>12</v>
       </c>
       <c r="C52">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="D52" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E52" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F52" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G52" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H52" t="s">
         <v>17</v>
       </c>
       <c r="I52" t="s">
-        <v>102</v>
+        <v>77</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53" t="s">
         <v>103</v>
       </c>
       <c r="B53" t="s">
         <v>12</v>
       </c>
       <c r="C53">
         <v>0</v>
       </c>
       <c r="D53" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E53" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F53" t="s">
+        <v>98</v>
+      </c>
+      <c r="G53" t="s">
+        <v>44</v>
+      </c>
+      <c r="H53" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B54" t="s">
         <v>12</v>
       </c>
       <c r="C54">
         <v>0</v>
       </c>
       <c r="D54" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E54" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F54" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G54" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H54" t="s">
         <v>17</v>
       </c>
       <c r="I54" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" t="s">
+        <v>12</v>
+      </c>
+      <c r="C55">
+        <v>2200</v>
+      </c>
+      <c r="D55" t="s">
+        <v>47</v>
+      </c>
+      <c r="E55" t="s">
+        <v>107</v>
+      </c>
+      <c r="F55" t="s">
+        <v>31</v>
+      </c>
+      <c r="G55" t="s">
+        <v>44</v>
+      </c>
+      <c r="H55" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" t="s">
         <v>108</v>
-      </c>
-[...22 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56" t="s">
         <v>109</v>
       </c>
       <c r="B56" t="s">
         <v>12</v>
       </c>
       <c r="C56">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="D56" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E56" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="F56" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="G56" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H56" t="s">
         <v>17</v>
       </c>
       <c r="I56" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57" t="s">
         <v>111</v>
       </c>
       <c r="B57" t="s">
         <v>12</v>
       </c>
       <c r="C57">
         <v>0</v>
       </c>
       <c r="D57" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E57" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F57" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G57" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H57" t="s">
         <v>17</v>
       </c>
       <c r="I57" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B58" t="s">
         <v>12</v>
       </c>
       <c r="C58">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="D58" t="s">
-        <v>54</v>
+        <v>114</v>
       </c>
       <c r="E58" t="s">
-        <v>113</v>
+        <v>30</v>
       </c>
       <c r="F58" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G58" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H58" t="s">
         <v>17</v>
       </c>
       <c r="I58" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B59" t="s">
         <v>12</v>
       </c>
       <c r="C59">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="D59" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E59" t="s">
-        <v>113</v>
+        <v>30</v>
       </c>
       <c r="F59" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="G59" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H59" t="s">
         <v>17</v>
       </c>
       <c r="I59" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B60" t="s">
         <v>12</v>
       </c>
       <c r="C60">
         <v>0</v>
       </c>
       <c r="D60" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E60" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F60" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G60" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H60" t="s">
         <v>17</v>
       </c>
       <c r="I60" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B61" t="s">
         <v>12</v>
       </c>
       <c r="C61">
-        <v>2000</v>
+        <v>750</v>
       </c>
       <c r="D61" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="E61" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F61" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G61" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H61" t="s">
         <v>17</v>
       </c>
       <c r="I61" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" t="s">
         <v>122</v>
       </c>
       <c r="B62" t="s">
         <v>12</v>
       </c>
       <c r="C62">
         <v>0</v>
       </c>
       <c r="D62" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E62" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F62" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G62" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H62" t="s">
         <v>17</v>
       </c>
       <c r="I62" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" t="s">
         <v>124</v>
       </c>
       <c r="B63" t="s">
         <v>12</v>
       </c>
       <c r="C63">
         <v>0</v>
       </c>
       <c r="D63" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E63" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F63" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G63" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H63" t="s">
         <v>17</v>
       </c>
       <c r="I63" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" t="s">
         <v>126</v>
       </c>
       <c r="B64" t="s">
         <v>12</v>
       </c>
       <c r="C64">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="D64" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E64" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F64" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G64" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H64" t="s">
         <v>17</v>
       </c>
       <c r="I64" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" t="s">
         <v>128</v>
       </c>
       <c r="B65" t="s">
         <v>12</v>
       </c>
       <c r="C65">
         <v>0</v>
       </c>
       <c r="D65" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E65" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F65" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G65" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H65" t="s">
         <v>17</v>
       </c>
       <c r="I65" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" t="s">
+        <v>129</v>
+      </c>
+      <c r="B66" t="s">
+        <v>12</v>
+      </c>
+      <c r="C66">
+        <v>1700</v>
+      </c>
+      <c r="D66" t="s">
+        <v>43</v>
+      </c>
+      <c r="E66" t="s">
+        <v>30</v>
+      </c>
+      <c r="F66" t="s">
+        <v>35</v>
+      </c>
+      <c r="G66" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" t="s">
         <v>130</v>
-      </c>
-[...22 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" t="s">
+        <v>131</v>
+      </c>
+      <c r="B67" t="s">
+        <v>12</v>
+      </c>
+      <c r="C67">
+        <v>1700</v>
+      </c>
+      <c r="D67" t="s">
+        <v>114</v>
+      </c>
+      <c r="E67" t="s">
+        <v>107</v>
+      </c>
+      <c r="F67" t="s">
+        <v>35</v>
+      </c>
+      <c r="G67" t="s">
+        <v>44</v>
+      </c>
+      <c r="H67" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" t="s">
         <v>132</v>
-      </c>
-[...22 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" t="s">
+        <v>133</v>
+      </c>
+      <c r="B68" t="s">
+        <v>12</v>
+      </c>
+      <c r="C68">
+        <v>0</v>
+      </c>
+      <c r="D68" t="s">
+        <v>47</v>
+      </c>
+      <c r="E68" t="s">
+        <v>30</v>
+      </c>
+      <c r="F68" t="s">
+        <v>31</v>
+      </c>
+      <c r="G68" t="s">
+        <v>44</v>
+      </c>
+      <c r="H68" t="s">
+        <v>17</v>
+      </c>
+      <c r="I68" t="s">
         <v>134</v>
-      </c>
-[...22 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69" t="s">
         <v>135</v>
       </c>
       <c r="B69" t="s">
         <v>12</v>
       </c>
       <c r="C69">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="D69" t="s">
-        <v>50</v>
+        <v>114</v>
       </c>
       <c r="E69" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F69" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G69" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H69" t="s">
         <v>17</v>
       </c>
       <c r="I69" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" t="s">
         <v>137</v>
       </c>
       <c r="B70" t="s">
         <v>12</v>
       </c>
       <c r="C70">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="D70" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="E70" t="s">
-        <v>113</v>
+        <v>30</v>
       </c>
       <c r="F70" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="G70" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H70" t="s">
         <v>17</v>
       </c>
       <c r="I70" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" t="s">
+        <v>138</v>
+      </c>
+      <c r="B71" t="s">
+        <v>12</v>
+      </c>
+      <c r="C71">
+        <v>0</v>
+      </c>
+      <c r="D71" t="s">
         <v>139</v>
       </c>
-      <c r="B71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E71" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F71" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G71" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H71" t="s">
         <v>17</v>
       </c>
       <c r="I71" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" t="s">
         <v>141</v>
       </c>
       <c r="B72" t="s">
         <v>12</v>
       </c>
       <c r="C72">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="D72" t="s">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="E72" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F72" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G72" t="s">
-        <v>51</v>
+        <v>142</v>
       </c>
       <c r="H72" t="s">
         <v>17</v>
       </c>
       <c r="I72" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B73" t="s">
         <v>12</v>
       </c>
       <c r="C73">
         <v>0</v>
       </c>
       <c r="D73" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E73" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F73" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="G73" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H73" t="s">
         <v>17</v>
       </c>
       <c r="I73" t="s">
-        <v>129</v>
+        <v>146</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B74" t="s">
         <v>12</v>
       </c>
       <c r="C74">
         <v>0</v>
       </c>
       <c r="D74" t="s">
-        <v>145</v>
+        <v>43</v>
       </c>
       <c r="E74" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F74" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G74" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H74" t="s">
         <v>17</v>
       </c>
       <c r="I74" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B75" t="s">
         <v>12</v>
       </c>
       <c r="C75">
         <v>0</v>
       </c>
       <c r="D75" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="E75" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F75" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G75" t="s">
-        <v>148</v>
+        <v>44</v>
       </c>
       <c r="H75" t="s">
         <v>17</v>
       </c>
       <c r="I75" t="s">
-        <v>149</v>
+        <v>72</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76" t="s">
         <v>150</v>
       </c>
       <c r="B76" t="s">
         <v>12</v>
       </c>
       <c r="C76">
         <v>0</v>
       </c>
       <c r="D76" t="s">
         <v>50</v>
       </c>
       <c r="E76" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F76" t="s">
+        <v>31</v>
+      </c>
+      <c r="G76" t="s">
+        <v>44</v>
+      </c>
+      <c r="H76" t="s">
+        <v>17</v>
+      </c>
+      <c r="I76" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B77" t="s">
         <v>12</v>
       </c>
       <c r="C77">
         <v>0</v>
       </c>
       <c r="D77" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E77" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F77" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G77" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H77" t="s">
         <v>17</v>
       </c>
       <c r="I77" t="s">
-        <v>154</v>
+        <v>99</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B78" t="s">
         <v>12</v>
       </c>
       <c r="C78">
         <v>0</v>
       </c>
       <c r="D78" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E78" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F78" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G78" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H78" t="s">
         <v>17</v>
       </c>
       <c r="I78" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B79" t="s">
         <v>12</v>
       </c>
       <c r="C79">
         <v>0</v>
       </c>
       <c r="D79" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="E79" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F79" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G79" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H79" t="s">
         <v>17</v>
       </c>
       <c r="I79" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B80" t="s">
         <v>12</v>
       </c>
       <c r="C80">
         <v>0</v>
       </c>
       <c r="D80" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E80" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F80" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="G80" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H80" t="s">
         <v>17</v>
       </c>
       <c r="I80" t="s">
-        <v>105</v>
+        <v>157</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" t="s">
+        <v>158</v>
+      </c>
+      <c r="B81" t="s">
+        <v>12</v>
+      </c>
+      <c r="C81">
+        <v>0</v>
+      </c>
+      <c r="D81" t="s">
+        <v>43</v>
+      </c>
+      <c r="E81" t="s">
+        <v>30</v>
+      </c>
+      <c r="F81" t="s">
+        <v>98</v>
+      </c>
+      <c r="G81" t="s">
+        <v>44</v>
+      </c>
+      <c r="H81" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" t="s">
         <v>159</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82" t="s">
         <v>160</v>
       </c>
       <c r="B82" t="s">
         <v>12</v>
       </c>
       <c r="C82">
         <v>0</v>
       </c>
       <c r="D82" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E82" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F82" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G82" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H82" t="s">
         <v>17</v>
       </c>
       <c r="I82" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83" t="s">
         <v>162</v>
       </c>
       <c r="B83" t="s">
         <v>12</v>
       </c>
       <c r="C83">
         <v>0</v>
       </c>
       <c r="D83" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E83" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F83" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G83" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H83" t="s">
         <v>17</v>
       </c>
       <c r="I83" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84" t="s">
         <v>164</v>
       </c>
       <c r="B84" t="s">
         <v>12</v>
       </c>
       <c r="C84">
         <v>0</v>
       </c>
       <c r="D84" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E84" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F84" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G84" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H84" t="s">
         <v>17</v>
       </c>
       <c r="I84" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85" t="s">
         <v>166</v>
       </c>
       <c r="B85" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="C85">
         <v>0</v>
       </c>
       <c r="D85" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="E85" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F85" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="G85" t="s">
-        <v>51</v>
+        <v>167</v>
       </c>
       <c r="H85" t="s">
         <v>17</v>
       </c>
       <c r="I85" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B86" t="s">
         <v>12</v>
       </c>
       <c r="C86">
         <v>0</v>
       </c>
       <c r="D86" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E86" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F86" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G86" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H86" t="s">
         <v>17</v>
       </c>
       <c r="I86" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B87" t="s">
         <v>12</v>
       </c>
       <c r="C87">
         <v>0</v>
       </c>
       <c r="D87" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E87" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F87" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="G87" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H87" t="s">
         <v>17</v>
       </c>
       <c r="I87" t="s">
-        <v>171</v>
+        <v>127</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88" t="s">
         <v>172</v>
       </c>
       <c r="B88" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C88">
         <v>0</v>
       </c>
       <c r="D88" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="E88" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F88" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G88" t="s">
-        <v>173</v>
+        <v>44</v>
       </c>
       <c r="H88" t="s">
         <v>17</v>
       </c>
       <c r="I88" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B89" t="s">
         <v>12</v>
       </c>
       <c r="C89">
         <v>0</v>
       </c>
       <c r="D89" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="E89" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F89" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G89" t="s">
-        <v>51</v>
+        <v>174</v>
       </c>
       <c r="H89" t="s">
         <v>17</v>
       </c>
       <c r="I89" t="s">
-        <v>176</v>
+        <v>81</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B90" t="s">
         <v>12</v>
       </c>
       <c r="C90">
         <v>0</v>
       </c>
       <c r="D90" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E90" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F90" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G90" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H90" t="s">
         <v>17</v>
       </c>
       <c r="I90" t="s">
-        <v>133</v>
+        <v>69</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B91" t="s">
         <v>12</v>
       </c>
       <c r="C91">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="D91" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="E91" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F91" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G91" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H91" t="s">
         <v>17</v>
       </c>
       <c r="I91" t="s">
-        <v>149</v>
+        <v>177</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92" t="s">
+        <v>178</v>
+      </c>
+      <c r="B92" t="s">
+        <v>12</v>
+      </c>
+      <c r="C92">
+        <v>0</v>
+      </c>
+      <c r="D92" t="s">
+        <v>114</v>
+      </c>
+      <c r="E92" t="s">
+        <v>30</v>
+      </c>
+      <c r="F92" t="s">
+        <v>98</v>
+      </c>
+      <c r="G92" t="s">
+        <v>44</v>
+      </c>
+      <c r="H92" t="s">
+        <v>17</v>
+      </c>
+      <c r="I92" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93" t="s">
+        <v>180</v>
+      </c>
+      <c r="B93" t="s">
+        <v>12</v>
+      </c>
+      <c r="C93">
+        <v>250</v>
+      </c>
+      <c r="D93" t="s">
+        <v>43</v>
+      </c>
+      <c r="E93" t="s">
+        <v>30</v>
+      </c>
+      <c r="F93" t="s">
+        <v>35</v>
+      </c>
+      <c r="G93" t="s">
+        <v>44</v>
+      </c>
+      <c r="H93" t="s">
+        <v>17</v>
+      </c>
+      <c r="I93" t="s">
         <v>181</v>
-      </c>
-[...22 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94" t="s">
         <v>182</v>
       </c>
       <c r="B94" t="s">
         <v>12</v>
       </c>
       <c r="C94">
-        <v>2250</v>
+        <v>0</v>
       </c>
       <c r="D94" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E94" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F94" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="G94" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H94" t="s">
         <v>17</v>
       </c>
       <c r="I94" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95" t="s">
         <v>184</v>
       </c>
       <c r="B95" t="s">
         <v>12</v>
       </c>
       <c r="C95">
         <v>0</v>
       </c>
       <c r="D95" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="E95" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F95" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G95" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H95" t="s">
         <v>17</v>
       </c>
       <c r="I95" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96" t="s">
+        <v>185</v>
+      </c>
+      <c r="B96" t="s">
+        <v>12</v>
+      </c>
+      <c r="C96">
+        <v>0</v>
+      </c>
+      <c r="D96" t="s">
+        <v>43</v>
+      </c>
+      <c r="E96" t="s">
+        <v>30</v>
+      </c>
+      <c r="F96" t="s">
+        <v>35</v>
+      </c>
+      <c r="G96" t="s">
+        <v>44</v>
+      </c>
+      <c r="H96" t="s">
+        <v>17</v>
+      </c>
+      <c r="I96" t="s">
         <v>186</v>
-      </c>
-[...22 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97" t="s">
+        <v>187</v>
+      </c>
+      <c r="B97" t="s">
+        <v>12</v>
+      </c>
+      <c r="C97">
+        <v>2000</v>
+      </c>
+      <c r="D97" t="s">
+        <v>43</v>
+      </c>
+      <c r="E97" t="s">
+        <v>30</v>
+      </c>
+      <c r="F97" t="s">
+        <v>35</v>
+      </c>
+      <c r="G97" t="s">
+        <v>44</v>
+      </c>
+      <c r="H97" t="s">
+        <v>17</v>
+      </c>
+      <c r="I97" t="s">
         <v>188</v>
-      </c>
-[...22 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98" t="s">
+        <v>189</v>
+      </c>
+      <c r="B98" t="s">
+        <v>12</v>
+      </c>
+      <c r="C98">
+        <v>0</v>
+      </c>
+      <c r="D98" t="s">
+        <v>43</v>
+      </c>
+      <c r="E98" t="s">
+        <v>30</v>
+      </c>
+      <c r="F98" t="s">
+        <v>35</v>
+      </c>
+      <c r="G98" t="s">
+        <v>44</v>
+      </c>
+      <c r="H98" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" t="s">
         <v>190</v>
-      </c>
-[...22 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99" t="s">
         <v>191</v>
       </c>
       <c r="B99" t="s">
         <v>12</v>
       </c>
       <c r="C99">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="D99" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E99" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F99" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G99" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H99" t="s">
         <v>17</v>
       </c>
       <c r="I99" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100" t="s">
         <v>193</v>
       </c>
       <c r="B100" t="s">
         <v>12</v>
       </c>
       <c r="C100">
-        <v>4500</v>
+        <v>0</v>
       </c>
       <c r="D100" t="s">
-        <v>50</v>
+        <v>194</v>
       </c>
       <c r="E100" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F100" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G100" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H100" t="s">
         <v>17</v>
       </c>
       <c r="I100" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B101" t="s">
         <v>12</v>
       </c>
       <c r="C101">
         <v>0</v>
       </c>
       <c r="D101" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E101" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F101" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="G101" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H101" t="s">
         <v>17</v>
       </c>
       <c r="I101" t="s">
-        <v>196</v>
+        <v>177</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102" t="s">
         <v>197</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="D102" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E102" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F102" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="G102" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H102" t="s">
         <v>17</v>
       </c>
       <c r="I102" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103" t="s">
+        <v>198</v>
+      </c>
+      <c r="B103" t="s">
+        <v>12</v>
+      </c>
+      <c r="C103">
+        <v>0</v>
+      </c>
+      <c r="D103" t="s">
+        <v>43</v>
+      </c>
+      <c r="E103" t="s">
+        <v>30</v>
+      </c>
+      <c r="F103" t="s">
+        <v>35</v>
+      </c>
+      <c r="G103" t="s">
+        <v>44</v>
+      </c>
+      <c r="H103" t="s">
+        <v>17</v>
+      </c>
+      <c r="I103" t="s">
         <v>199</v>
-      </c>
-[...22 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B104" t="s">
         <v>12</v>
       </c>
       <c r="C104">
         <v>0</v>
       </c>
       <c r="D104" t="s">
-        <v>50</v>
+        <v>114</v>
       </c>
       <c r="E104" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F104" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G104" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H104" t="s">
         <v>17</v>
       </c>
       <c r="I104" t="s">
-        <v>183</v>
+        <v>201</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B105" t="s">
         <v>12</v>
       </c>
       <c r="C105">
         <v>0</v>
       </c>
       <c r="D105" t="s">
-        <v>50</v>
+        <v>114</v>
       </c>
       <c r="E105" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F105" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G105" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H105" t="s">
         <v>17</v>
       </c>
       <c r="I105" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B106" t="s">
         <v>12</v>
       </c>
       <c r="C106">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="D106" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E106" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F106" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G106" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H106" t="s">
         <v>17</v>
       </c>
       <c r="I106" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B107" t="s">
         <v>12</v>
       </c>
       <c r="C107">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="D107" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="E107" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F107" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="G107" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H107" t="s">
         <v>17</v>
       </c>
       <c r="I107" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B108" t="s">
         <v>12</v>
       </c>
       <c r="C108">
         <v>0</v>
       </c>
       <c r="D108" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="E108" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F108" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G108" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H108" t="s">
         <v>17</v>
       </c>
       <c r="I108" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B109" t="s">
         <v>12</v>
       </c>
       <c r="C109">
-        <v>7500</v>
+        <v>0</v>
       </c>
       <c r="D109" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E109" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F109" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G109" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H109" t="s">
         <v>17</v>
       </c>
       <c r="I109" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B110" t="s">
         <v>12</v>
       </c>
       <c r="C110">
-        <v>1900</v>
+        <v>0</v>
       </c>
       <c r="D110" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E110" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F110" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G110" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H110" t="s">
         <v>17</v>
       </c>
       <c r="I110" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B111" t="s">
         <v>12</v>
       </c>
       <c r="C111">
-        <v>1250</v>
+        <v>0</v>
       </c>
       <c r="D111" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E111" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F111" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G111" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H111" t="s">
         <v>17</v>
       </c>
       <c r="I111" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B112" t="s">
         <v>12</v>
       </c>
       <c r="C112">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="D112" t="s">
-        <v>50</v>
+        <v>114</v>
       </c>
       <c r="E112" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F112" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="G112" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H112" t="s">
         <v>17</v>
       </c>
       <c r="I112" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B113" t="s">
         <v>12</v>
       </c>
       <c r="C113">
         <v>0</v>
       </c>
       <c r="D113" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E113" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F113" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G113" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H113" t="s">
         <v>17</v>
       </c>
       <c r="I113" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B114" t="s">
         <v>12</v>
       </c>
       <c r="C114">
         <v>0</v>
       </c>
       <c r="D114" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E114" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F114" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G114" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H114" t="s">
         <v>17</v>
       </c>
       <c r="I114" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115" t="s">
+        <v>215</v>
+      </c>
+      <c r="B115" t="s">
+        <v>12</v>
+      </c>
+      <c r="C115">
+        <v>7000</v>
+      </c>
+      <c r="D115" t="s">
+        <v>50</v>
+      </c>
+      <c r="E115" t="s">
+        <v>30</v>
+      </c>
+      <c r="F115" t="s">
+        <v>31</v>
+      </c>
+      <c r="G115" t="s">
+        <v>44</v>
+      </c>
+      <c r="H115" t="s">
+        <v>17</v>
+      </c>
+      <c r="I115" t="s">
         <v>216</v>
-      </c>
-[...22 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116" t="s">
         <v>217</v>
       </c>
       <c r="B116" t="s">
         <v>12</v>
       </c>
       <c r="C116">
         <v>0</v>
       </c>
       <c r="D116" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E116" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F116" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G116" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H116" t="s">
         <v>17</v>
       </c>
       <c r="I116" t="s">
-        <v>218</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B117" t="s">
         <v>12</v>
       </c>
       <c r="C117">
         <v>0</v>
       </c>
       <c r="D117" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E117" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F117" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="G117" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H117" t="s">
         <v>17</v>
       </c>
       <c r="I117" t="s">
-        <v>220</v>
+        <v>186</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B118" t="s">
         <v>12</v>
       </c>
       <c r="C118">
-        <v>15000</v>
+        <v>0</v>
       </c>
       <c r="D118" t="s">
-        <v>57</v>
+        <v>114</v>
       </c>
       <c r="E118" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F118" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G118" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H118" t="s">
         <v>17</v>
       </c>
       <c r="I118" t="s">
-        <v>222</v>
+        <v>123</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B119" t="s">
         <v>12</v>
       </c>
       <c r="C119">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="D119" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E119" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F119" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G119" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H119" t="s">
         <v>17</v>
       </c>
       <c r="I119" t="s">
-        <v>176</v>
+        <v>221</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B120" t="s">
         <v>12</v>
       </c>
       <c r="C120">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="D120" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E120" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F120" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G120" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H120" t="s">
         <v>17</v>
       </c>
       <c r="I120" t="s">
-        <v>192</v>
+        <v>223</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B121" t="s">
         <v>12</v>
       </c>
       <c r="C121">
         <v>0</v>
       </c>
       <c r="D121" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="E121" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F121" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="G121" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H121" t="s">
         <v>17</v>
       </c>
       <c r="I121" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122" t="s">
+        <v>225</v>
+      </c>
+      <c r="B122" t="s">
+        <v>12</v>
+      </c>
+      <c r="C122">
+        <v>0</v>
+      </c>
+      <c r="D122" t="s">
+        <v>43</v>
+      </c>
+      <c r="E122" t="s">
+        <v>30</v>
+      </c>
+      <c r="F122" t="s">
+        <v>35</v>
+      </c>
+      <c r="G122" t="s">
+        <v>44</v>
+      </c>
+      <c r="H122" t="s">
+        <v>17</v>
+      </c>
+      <c r="I122" t="s">
         <v>226</v>
-      </c>
-[...22 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B123" t="s">
         <v>12</v>
       </c>
       <c r="C123">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="D123" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E123" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F123" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G123" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H123" t="s">
         <v>17</v>
       </c>
       <c r="I123" t="s">
-        <v>229</v>
+        <v>186</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B124" t="s">
         <v>12</v>
       </c>
       <c r="C124">
         <v>0</v>
       </c>
       <c r="D124" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E124" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F124" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G124" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H124" t="s">
         <v>17</v>
       </c>
       <c r="I124" t="s">
-        <v>133</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125" t="s">
+        <v>229</v>
+      </c>
+      <c r="B125" t="s">
+        <v>12</v>
+      </c>
+      <c r="C125">
+        <v>0</v>
+      </c>
+      <c r="D125" t="s">
+        <v>230</v>
+      </c>
+      <c r="E125" t="s">
+        <v>30</v>
+      </c>
+      <c r="F125" t="s">
+        <v>145</v>
+      </c>
+      <c r="G125" t="s">
+        <v>44</v>
+      </c>
+      <c r="H125" t="s">
+        <v>17</v>
+      </c>
+      <c r="I125" t="s">
         <v>231</v>
-      </c>
-[...22 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126" t="s">
+        <v>232</v>
+      </c>
+      <c r="B126" t="s">
+        <v>12</v>
+      </c>
+      <c r="C126">
+        <v>0</v>
+      </c>
+      <c r="D126" t="s">
+        <v>43</v>
+      </c>
+      <c r="E126" t="s">
+        <v>30</v>
+      </c>
+      <c r="F126" t="s">
+        <v>98</v>
+      </c>
+      <c r="G126" t="s">
+        <v>44</v>
+      </c>
+      <c r="H126" t="s">
+        <v>17</v>
+      </c>
+      <c r="I126" t="s">
         <v>233</v>
-      </c>
-[...22 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127" t="s">
         <v>234</v>
       </c>
       <c r="B127" t="s">
         <v>12</v>
       </c>
       <c r="C127">
         <v>0</v>
       </c>
       <c r="D127" t="s">
-        <v>54</v>
+        <v>194</v>
       </c>
       <c r="E127" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F127" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G127" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H127" t="s">
         <v>17</v>
       </c>
       <c r="I127" t="s">
-        <v>196</v>
+        <v>235</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B128" t="s">
         <v>12</v>
       </c>
       <c r="C128">
         <v>0</v>
       </c>
       <c r="D128" t="s">
-        <v>236</v>
+        <v>43</v>
       </c>
       <c r="E128" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F128" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="G128" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H128" t="s">
         <v>17</v>
       </c>
       <c r="I128" t="s">
-        <v>237</v>
+        <v>163</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129" t="s">
+        <v>237</v>
+      </c>
+      <c r="B129" t="s">
+        <v>12</v>
+      </c>
+      <c r="C129">
+        <v>0</v>
+      </c>
+      <c r="D129" t="s">
         <v>238</v>
       </c>
-      <c r="B129" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E129" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F129" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G129" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H129" t="s">
         <v>17</v>
       </c>
       <c r="I129" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130" t="s">
         <v>240</v>
       </c>
       <c r="B130" t="s">
         <v>12</v>
       </c>
       <c r="C130">
         <v>0</v>
       </c>
       <c r="D130" t="s">
-        <v>200</v>
+        <v>114</v>
       </c>
       <c r="E130" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F130" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G130" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H130" t="s">
         <v>17</v>
       </c>
       <c r="I130" t="s">
-        <v>241</v>
+        <v>163</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131" t="s">
+        <v>241</v>
+      </c>
+      <c r="B131" t="s">
+        <v>12</v>
+      </c>
+      <c r="C131">
+        <v>0</v>
+      </c>
+      <c r="D131" t="s">
+        <v>58</v>
+      </c>
+      <c r="E131" t="s">
+        <v>30</v>
+      </c>
+      <c r="F131" t="s">
+        <v>66</v>
+      </c>
+      <c r="G131" t="s">
         <v>242</v>
       </c>
-      <c r="B131" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H131" t="s">
         <v>17</v>
       </c>
       <c r="I131" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132" t="s">
         <v>243</v>
       </c>
       <c r="B132" t="s">
         <v>12</v>
       </c>
       <c r="C132">
         <v>0</v>
       </c>
       <c r="D132" t="s">
+        <v>43</v>
+      </c>
+      <c r="E132" t="s">
+        <v>30</v>
+      </c>
+      <c r="F132" t="s">
+        <v>31</v>
+      </c>
+      <c r="G132" t="s">
+        <v>44</v>
+      </c>
+      <c r="H132" t="s">
+        <v>17</v>
+      </c>
+      <c r="I132" t="s">
         <v>244</v>
-      </c>
-[...13 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133" t="s">
+        <v>245</v>
+      </c>
+      <c r="B133" t="s">
         <v>246</v>
       </c>
-      <c r="B133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133">
         <v>0</v>
       </c>
       <c r="D133" t="s">
-        <v>120</v>
+        <v>194</v>
       </c>
       <c r="E133" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F133" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G133" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H133" t="s">
         <v>17</v>
       </c>
       <c r="I133" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134" t="s">
         <v>247</v>
       </c>
       <c r="B134" t="s">
         <v>12</v>
       </c>
       <c r="C134">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="D134" t="s">
-        <v>65</v>
+        <v>248</v>
       </c>
       <c r="E134" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F134" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="G134" t="s">
-        <v>248</v>
+        <v>44</v>
       </c>
       <c r="H134" t="s">
         <v>17</v>
       </c>
       <c r="I134" t="s">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B135" t="s">
         <v>12</v>
       </c>
       <c r="C135">
         <v>0</v>
       </c>
       <c r="D135" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E135" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F135" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G135" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H135" t="s">
         <v>17</v>
       </c>
       <c r="I135" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B136" t="s">
-        <v>252</v>
+        <v>12</v>
       </c>
       <c r="C136">
         <v>0</v>
       </c>
       <c r="D136" t="s">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="E136" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F136" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G136" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H136" t="s">
         <v>17</v>
       </c>
       <c r="I136" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137" t="s">
         <v>253</v>
       </c>
       <c r="B137" t="s">
         <v>12</v>
       </c>
       <c r="C137">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="D137" t="s">
+        <v>230</v>
+      </c>
+      <c r="E137" t="s">
+        <v>30</v>
+      </c>
+      <c r="F137" t="s">
+        <v>145</v>
+      </c>
+      <c r="G137" t="s">
+        <v>44</v>
+      </c>
+      <c r="H137" t="s">
+        <v>17</v>
+      </c>
+      <c r="I137" t="s">
         <v>254</v>
-      </c>
-[...13 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B138" t="s">
         <v>12</v>
       </c>
       <c r="C138">
         <v>0</v>
       </c>
       <c r="D138" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E138" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F138" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G138" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H138" t="s">
         <v>17</v>
       </c>
       <c r="I138" t="s">
-        <v>257</v>
+        <v>148</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B139" t="s">
         <v>12</v>
       </c>
       <c r="C139">
         <v>0</v>
       </c>
       <c r="D139" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E139" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F139" t="s">
-        <v>42</v>
+        <v>145</v>
       </c>
       <c r="G139" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H139" t="s">
         <v>17</v>
       </c>
       <c r="I139" t="s">
-        <v>157</v>
+        <v>81</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B140" t="s">
         <v>12</v>
       </c>
       <c r="C140">
         <v>0</v>
       </c>
       <c r="D140" t="s">
-        <v>236</v>
+        <v>43</v>
       </c>
       <c r="E140" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F140" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="G140" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H140" t="s">
         <v>17</v>
       </c>
       <c r="I140" t="s">
-        <v>260</v>
+        <v>123</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B141" t="s">
         <v>12</v>
       </c>
       <c r="C141">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="D141" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E141" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F141" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G141" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H141" t="s">
         <v>17</v>
       </c>
       <c r="I141" t="s">
-        <v>154</v>
+        <v>259</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B142" t="s">
         <v>12</v>
       </c>
       <c r="C142">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="D142" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E142" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F142" t="s">
-        <v>151</v>
+        <v>35</v>
       </c>
       <c r="G142" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H142" t="s">
         <v>17</v>
       </c>
       <c r="I142" t="s">
-        <v>88</v>
+        <v>259</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B143" t="s">
         <v>12</v>
       </c>
       <c r="C143">
         <v>0</v>
       </c>
       <c r="D143" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E143" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F143" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="G143" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H143" t="s">
         <v>17</v>
       </c>
       <c r="I143" t="s">
-        <v>129</v>
+        <v>262</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144" t="s">
+        <v>263</v>
+      </c>
+      <c r="B144" t="s">
+        <v>12</v>
+      </c>
+      <c r="C144">
+        <v>3000</v>
+      </c>
+      <c r="D144" t="s">
+        <v>47</v>
+      </c>
+      <c r="E144" t="s">
+        <v>30</v>
+      </c>
+      <c r="F144" t="s">
+        <v>31</v>
+      </c>
+      <c r="G144" t="s">
+        <v>44</v>
+      </c>
+      <c r="H144" t="s">
+        <v>17</v>
+      </c>
+      <c r="I144" t="s">
         <v>264</v>
-      </c>
-[...22 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145" t="s">
+        <v>265</v>
+      </c>
+      <c r="B145" t="s">
+        <v>12</v>
+      </c>
+      <c r="C145">
+        <v>0</v>
+      </c>
+      <c r="D145" t="s">
+        <v>47</v>
+      </c>
+      <c r="E145" t="s">
+        <v>30</v>
+      </c>
+      <c r="F145" t="s">
+        <v>35</v>
+      </c>
+      <c r="G145" t="s">
+        <v>44</v>
+      </c>
+      <c r="H145" t="s">
+        <v>17</v>
+      </c>
+      <c r="I145" t="s">
         <v>266</v>
-      </c>
-[...22 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146" t="s">
         <v>267</v>
       </c>
       <c r="B146" t="s">
         <v>12</v>
       </c>
       <c r="C146">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="D146" t="s">
         <v>50</v>
       </c>
       <c r="E146" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F146" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="G146" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H146" t="s">
         <v>17</v>
       </c>
       <c r="I146" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147" t="s">
         <v>269</v>
       </c>
       <c r="B147" t="s">
         <v>12</v>
       </c>
       <c r="C147">
-        <v>3500</v>
+        <v>0</v>
       </c>
       <c r="D147" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E147" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F147" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G147" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H147" t="s">
         <v>17</v>
       </c>
       <c r="I147" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148" t="s">
         <v>271</v>
       </c>
       <c r="B148" t="s">
         <v>12</v>
       </c>
       <c r="C148">
         <v>0</v>
       </c>
       <c r="D148" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E148" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F148" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G148" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H148" t="s">
         <v>17</v>
       </c>
       <c r="I148" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149" t="s">
         <v>273</v>
       </c>
       <c r="B149" t="s">
         <v>12</v>
       </c>
       <c r="C149">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="D149" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="E149" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F149" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G149" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H149" t="s">
         <v>17</v>
       </c>
       <c r="I149" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150" t="s">
         <v>275</v>
       </c>
       <c r="B150" t="s">
         <v>12</v>
       </c>
       <c r="C150">
         <v>0</v>
       </c>
       <c r="D150" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E150" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F150" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="G150" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H150" t="s">
         <v>17</v>
       </c>
       <c r="I150" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151" t="s">
         <v>277</v>
       </c>
       <c r="B151" t="s">
         <v>12</v>
       </c>
       <c r="C151">
         <v>0</v>
       </c>
       <c r="D151" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E151" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F151" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G151" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H151" t="s">
         <v>17</v>
       </c>
       <c r="I151" t="s">
-        <v>278</v>
+        <v>72</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152" t="s">
+        <v>278</v>
+      </c>
+      <c r="B152" t="s">
+        <v>12</v>
+      </c>
+      <c r="C152">
+        <v>100</v>
+      </c>
+      <c r="D152" t="s">
+        <v>43</v>
+      </c>
+      <c r="E152" t="s">
+        <v>30</v>
+      </c>
+      <c r="F152" t="s">
+        <v>31</v>
+      </c>
+      <c r="G152" t="s">
+        <v>44</v>
+      </c>
+      <c r="H152" t="s">
+        <v>17</v>
+      </c>
+      <c r="I152" t="s">
         <v>279</v>
-      </c>
-[...22 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B153" t="s">
         <v>12</v>
       </c>
       <c r="C153">
         <v>0</v>
       </c>
       <c r="D153" t="s">
-        <v>54</v>
+        <v>114</v>
       </c>
       <c r="E153" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F153" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G153" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H153" t="s">
         <v>17</v>
       </c>
       <c r="I153" t="s">
-        <v>282</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B154" t="s">
         <v>12</v>
       </c>
       <c r="C154">
         <v>0</v>
       </c>
       <c r="D154" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E154" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F154" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G154" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H154" t="s">
         <v>17</v>
       </c>
       <c r="I154" t="s">
-        <v>78</v>
+        <v>279</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B155" t="s">
         <v>12</v>
       </c>
       <c r="C155">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="D155" t="s">
-        <v>50</v>
+        <v>114</v>
       </c>
       <c r="E155" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F155" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G155" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H155" t="s">
         <v>17</v>
       </c>
       <c r="I155" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B156" t="s">
         <v>12</v>
       </c>
       <c r="C156">
         <v>0</v>
       </c>
       <c r="D156" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="E156" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F156" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="G156"/>
       <c r="H156" t="s">
         <v>17</v>
       </c>
       <c r="I156" t="s">
-        <v>196</v>
+        <v>285</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B157" t="s">
         <v>12</v>
       </c>
       <c r="C157">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="D157" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E157" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F157" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G157" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H157" t="s">
         <v>17</v>
       </c>
       <c r="I157" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158" t="s">
+        <v>287</v>
+      </c>
+      <c r="B158" t="s">
+        <v>12</v>
+      </c>
+      <c r="C158">
+        <v>0</v>
+      </c>
+      <c r="D158" t="s">
+        <v>114</v>
+      </c>
+      <c r="E158" t="s">
+        <v>30</v>
+      </c>
+      <c r="F158" t="s">
+        <v>31</v>
+      </c>
+      <c r="G158" t="s">
+        <v>44</v>
+      </c>
+      <c r="H158" t="s">
+        <v>17</v>
+      </c>
+      <c r="I158" t="s">
         <v>288</v>
-      </c>
-[...22 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B159" t="s">
         <v>12</v>
       </c>
       <c r="C159">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="D159" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E159" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F159" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G159"/>
+        <v>31</v>
+      </c>
+      <c r="G159" t="s">
+        <v>44</v>
+      </c>
       <c r="H159" t="s">
         <v>17</v>
       </c>
       <c r="I159" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B160" t="s">
         <v>12</v>
       </c>
       <c r="C160">
-        <v>2500</v>
+        <v>700</v>
       </c>
       <c r="D160" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E160" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F160" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G160" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H160" t="s">
         <v>17</v>
       </c>
       <c r="I160" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B161" t="s">
         <v>12</v>
       </c>
       <c r="C161">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="D161" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="E161" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F161" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="G161"/>
       <c r="H161" t="s">
         <v>17</v>
       </c>
       <c r="I161" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B162" t="s">
         <v>12</v>
       </c>
       <c r="C162">
-        <v>4000</v>
+        <v>500</v>
       </c>
       <c r="D162" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E162" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F162" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G162" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H162" t="s">
         <v>17</v>
       </c>
       <c r="I162" t="s">
-        <v>278</v>
+        <v>294</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163" t="s">
+        <v>295</v>
+      </c>
+      <c r="B163" t="s">
+        <v>12</v>
+      </c>
+      <c r="C163">
+        <v>0</v>
+      </c>
+      <c r="D163" t="s">
+        <v>63</v>
+      </c>
+      <c r="E163" t="s">
+        <v>30</v>
+      </c>
+      <c r="F163" t="s">
+        <v>66</v>
+      </c>
+      <c r="G163" t="s">
+        <v>44</v>
+      </c>
+      <c r="H163" t="s">
+        <v>17</v>
+      </c>
+      <c r="I163" t="s">
         <v>296</v>
-      </c>
-[...22 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B164" t="s">
         <v>12</v>
       </c>
       <c r="C164">
-        <v>100</v>
+        <v>1500</v>
       </c>
       <c r="D164" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E164" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F164" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G164"/>
+        <v>35</v>
+      </c>
+      <c r="G164" t="s">
+        <v>44</v>
+      </c>
       <c r="H164" t="s">
         <v>17</v>
       </c>
       <c r="I164" t="s">
-        <v>297</v>
+        <v>161</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B165" t="s">
         <v>12</v>
       </c>
       <c r="C165">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="D165" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E165" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F165" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G165" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H165" t="s">
         <v>17</v>
       </c>
       <c r="I165" t="s">
-        <v>300</v>
+        <v>148</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B166" t="s">
         <v>12</v>
       </c>
       <c r="C166">
-        <v>0</v>
+        <v>650</v>
       </c>
       <c r="D166" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="E166" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F166" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="G166" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H166" t="s">
         <v>17</v>
       </c>
       <c r="I166" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B167" t="s">
         <v>12</v>
       </c>
       <c r="C167">
-        <v>3500</v>
+        <v>0</v>
       </c>
       <c r="D167" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E167" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F167" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G167" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H167" t="s">
         <v>17</v>
       </c>
       <c r="I167" t="s">
-        <v>167</v>
+        <v>302</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B168" t="s">
         <v>12</v>
       </c>
       <c r="C168">
         <v>3500</v>
       </c>
       <c r="D168" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E168" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F168" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G168" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H168" t="s">
         <v>17</v>
       </c>
       <c r="I168" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169" t="s">
+        <v>304</v>
+      </c>
+      <c r="B169" t="s">
+        <v>12</v>
+      </c>
+      <c r="C169">
+        <v>0</v>
+      </c>
+      <c r="D169" t="s">
+        <v>43</v>
+      </c>
+      <c r="E169" t="s">
+        <v>30</v>
+      </c>
+      <c r="F169" t="s">
+        <v>35</v>
+      </c>
+      <c r="G169" t="s">
+        <v>44</v>
+      </c>
+      <c r="H169" t="s">
+        <v>17</v>
+      </c>
+      <c r="I169" t="s">
         <v>305</v>
-      </c>
-[...22 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B170" t="s">
         <v>12</v>
       </c>
       <c r="C170">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="D170" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E170" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F170" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G170" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H170" t="s">
         <v>17</v>
       </c>
       <c r="I170" t="s">
-        <v>308</v>
+        <v>161</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B171" t="s">
         <v>12</v>
       </c>
       <c r="C171">
-        <v>4000</v>
+        <v>200</v>
       </c>
       <c r="D171" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E171" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F171" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G171" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H171" t="s">
         <v>17</v>
       </c>
       <c r="I171" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B172" t="s">
         <v>12</v>
       </c>
       <c r="C172">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="D172" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="E172" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F172" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G172" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H172" t="s">
         <v>17</v>
       </c>
       <c r="I172" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B173" t="s">
         <v>12</v>
       </c>
       <c r="C173">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="D173" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E173" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F173" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G173" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H173" t="s">
         <v>17</v>
       </c>
       <c r="I173" t="s">
-        <v>167</v>
+        <v>148</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="B174" t="s">
         <v>12</v>
       </c>
       <c r="C174">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="D174" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E174" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F174" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="G174" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H174" t="s">
         <v>17</v>
       </c>
       <c r="I174" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B175" t="s">
         <v>12</v>
       </c>
       <c r="C175">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="D175" t="s">
-        <v>73</v>
+        <v>43</v>
       </c>
       <c r="E175" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F175" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="G175" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H175" t="s">
         <v>17</v>
       </c>
       <c r="I175" t="s">
-        <v>306</v>
+        <v>161</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B176" t="s">
         <v>12</v>
       </c>
       <c r="C176">
         <v>1000</v>
       </c>
       <c r="D176" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E176" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F176" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G176" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H176" t="s">
         <v>17</v>
       </c>
       <c r="I176" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B177" t="s">
         <v>12</v>
       </c>
       <c r="C177">
         <v>0</v>
       </c>
       <c r="D177" t="s">
-        <v>54</v>
+        <v>114</v>
       </c>
       <c r="E177" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F177" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G177" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H177" t="s">
         <v>17</v>
       </c>
       <c r="I177" t="s">
-        <v>83</v>
+        <v>314</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B178" t="s">
         <v>12</v>
       </c>
       <c r="C178">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="D178" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="E178" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F178" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G178" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H178" t="s">
         <v>17</v>
       </c>
       <c r="I178" t="s">
-        <v>167</v>
+        <v>75</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="B179" t="s">
         <v>12</v>
       </c>
       <c r="C179">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="D179" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="E179" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F179" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="G179" t="s">
-        <v>51</v>
+        <v>317</v>
       </c>
       <c r="H179" t="s">
         <v>17</v>
       </c>
       <c r="I179" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B180" t="s">
         <v>12</v>
       </c>
       <c r="C180">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="D180" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="E180" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F180" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G180" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H180" t="s">
         <v>17</v>
       </c>
       <c r="I180" t="s">
-        <v>320</v>
+        <v>148</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B181" t="s">
         <v>12</v>
       </c>
       <c r="C181">
-        <v>7000</v>
+        <v>3500</v>
       </c>
       <c r="D181" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="E181" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F181" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="G181" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H181" t="s">
         <v>17</v>
       </c>
       <c r="I181" t="s">
-        <v>81</v>
+        <v>148</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="B182" t="s">
         <v>12</v>
       </c>
       <c r="C182">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="D182" t="s">
-        <v>73</v>
+        <v>43</v>
       </c>
       <c r="E182" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F182" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="G182" t="s">
-        <v>323</v>
+        <v>44</v>
       </c>
       <c r="H182" t="s">
         <v>17</v>
       </c>
       <c r="I182" t="s">
-        <v>157</v>
+        <v>321</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="B183" t="s">
         <v>12</v>
       </c>
       <c r="C183">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="D183" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E183" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F183" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G183" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H183" t="s">
         <v>17</v>
       </c>
       <c r="I183" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B184" t="s">
         <v>12</v>
       </c>
       <c r="C184">
-        <v>6500</v>
+        <v>0</v>
       </c>
       <c r="D184" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E184" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F184" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G184" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H184" t="s">
         <v>17</v>
       </c>
       <c r="I184" t="s">
-        <v>154</v>
+        <v>268</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B185" t="s">
         <v>12</v>
       </c>
       <c r="C185">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="D185" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="E185" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F185" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G185" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H185" t="s">
         <v>17</v>
       </c>
       <c r="I185" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B186" t="s">
         <v>12</v>
       </c>
       <c r="C186">
         <v>0</v>
       </c>
       <c r="D186" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E186" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F186" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="G186" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H186" t="s">
         <v>17</v>
       </c>
       <c r="I186" t="s">
-        <v>154</v>
+        <v>93</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B187" t="s">
         <v>12</v>
       </c>
       <c r="C187">
         <v>0</v>
       </c>
       <c r="D187" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E187" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F187" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="G187" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H187" t="s">
         <v>17</v>
       </c>
       <c r="I187" t="s">
-        <v>274</v>
+        <v>151</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B188" t="s">
         <v>12</v>
       </c>
       <c r="C188">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="D188" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="E188" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F188" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="G188" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H188" t="s">
         <v>17</v>
       </c>
       <c r="I188" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B189" t="s">
         <v>12</v>
       </c>
       <c r="C189">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="D189" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E189" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F189" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="G189" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H189" t="s">
         <v>17</v>
       </c>
       <c r="I189" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B190" t="s">
         <v>12</v>
       </c>
       <c r="C190">
         <v>0</v>
       </c>
       <c r="D190" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E190" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F190" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="G190" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H190" t="s">
         <v>17</v>
       </c>
       <c r="I190" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B191" t="s">
         <v>12</v>
       </c>
       <c r="C191">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="D191" t="s">
-        <v>54</v>
+        <v>114</v>
       </c>
       <c r="E191" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F191" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G191" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H191" t="s">
         <v>17</v>
       </c>
       <c r="I191" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B192" t="s">
         <v>12</v>
       </c>
       <c r="C192">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="D192" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="E192" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F192" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G192" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H192" t="s">
         <v>17</v>
       </c>
       <c r="I192" t="s">
-        <v>138</v>
+        <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B193" t="s">
         <v>12</v>
       </c>
       <c r="C193">
         <v>0</v>
       </c>
       <c r="D193" t="s">
-        <v>50</v>
+        <v>336</v>
       </c>
       <c r="E193" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F193" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G193" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H193" t="s">
         <v>17</v>
       </c>
       <c r="I193" t="s">
-        <v>154</v>
-[...86 lines deleted...]
-        <v>185</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
-  <autoFilter ref="A10:I197"/>
+  <autoFilter ref="A10:I194"/>
   <mergeCells>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A7:K7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H11" r:id="rId_hyperlink_1"/>
     <hyperlink ref="H12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="H13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="H14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="H15" r:id="rId_hyperlink_5"/>
     <hyperlink ref="H16" r:id="rId_hyperlink_6"/>
     <hyperlink ref="H17" r:id="rId_hyperlink_7"/>
     <hyperlink ref="H18" r:id="rId_hyperlink_8"/>
     <hyperlink ref="H19" r:id="rId_hyperlink_9"/>
     <hyperlink ref="H20" r:id="rId_hyperlink_10"/>
     <hyperlink ref="H21" r:id="rId_hyperlink_11"/>
     <hyperlink ref="H22" r:id="rId_hyperlink_12"/>
     <hyperlink ref="H23" r:id="rId_hyperlink_13"/>
     <hyperlink ref="H24" r:id="rId_hyperlink_14"/>
     <hyperlink ref="H25" r:id="rId_hyperlink_15"/>
     <hyperlink ref="H26" r:id="rId_hyperlink_16"/>
     <hyperlink ref="H27" r:id="rId_hyperlink_17"/>
     <hyperlink ref="H28" r:id="rId_hyperlink_18"/>
     <hyperlink ref="H29" r:id="rId_hyperlink_19"/>
     <hyperlink ref="H30" r:id="rId_hyperlink_20"/>
@@ -7090,53 +6987,50 @@
     <hyperlink ref="H169" r:id="rId_hyperlink_159"/>
     <hyperlink ref="H170" r:id="rId_hyperlink_160"/>
     <hyperlink ref="H171" r:id="rId_hyperlink_161"/>
     <hyperlink ref="H172" r:id="rId_hyperlink_162"/>
     <hyperlink ref="H173" r:id="rId_hyperlink_163"/>
     <hyperlink ref="H174" r:id="rId_hyperlink_164"/>
     <hyperlink ref="H175" r:id="rId_hyperlink_165"/>
     <hyperlink ref="H176" r:id="rId_hyperlink_166"/>
     <hyperlink ref="H177" r:id="rId_hyperlink_167"/>
     <hyperlink ref="H178" r:id="rId_hyperlink_168"/>
     <hyperlink ref="H179" r:id="rId_hyperlink_169"/>
     <hyperlink ref="H180" r:id="rId_hyperlink_170"/>
     <hyperlink ref="H181" r:id="rId_hyperlink_171"/>
     <hyperlink ref="H182" r:id="rId_hyperlink_172"/>
     <hyperlink ref="H183" r:id="rId_hyperlink_173"/>
     <hyperlink ref="H184" r:id="rId_hyperlink_174"/>
     <hyperlink ref="H185" r:id="rId_hyperlink_175"/>
     <hyperlink ref="H186" r:id="rId_hyperlink_176"/>
     <hyperlink ref="H187" r:id="rId_hyperlink_177"/>
     <hyperlink ref="H188" r:id="rId_hyperlink_178"/>
     <hyperlink ref="H189" r:id="rId_hyperlink_179"/>
     <hyperlink ref="H190" r:id="rId_hyperlink_180"/>
     <hyperlink ref="H191" r:id="rId_hyperlink_181"/>
     <hyperlink ref="H192" r:id="rId_hyperlink_182"/>
     <hyperlink ref="H193" r:id="rId_hyperlink_183"/>
-    <hyperlink ref="H194" r:id="rId_hyperlink_184"/>
-[...1 lines deleted...]
-    <hyperlink ref="H196" r:id="rId_hyperlink_186"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>